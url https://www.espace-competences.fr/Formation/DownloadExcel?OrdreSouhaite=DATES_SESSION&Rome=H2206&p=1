--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -6129,326 +6129,326 @@
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>596260</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>596263</x:v>
+        <x:v>603226</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>603226</x:v>
+        <x:v>603286</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>603286</x:v>
+        <x:v>603352</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>603352</x:v>
+        <x:v>603370</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>603370</x:v>
+        <x:v>596263</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>