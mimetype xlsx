--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -584,165 +584,165 @@
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/10/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option A : Energie électrique (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
@@ -4974,69 +4974,69 @@
       <x:c r="C64" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>600448</x:v>
+        <x:v>601885</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5049,110 +5049,110 @@
       <x:c r="K65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>601885</x:v>
+        <x:v>601849</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>601849</x:v>
+        <x:v>600448</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5780,69 +5780,69 @@
       <x:c r="C78" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>600456</x:v>
+        <x:v>601890</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5855,110 +5855,110 @@
       <x:c r="K79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>601890</x:v>
+        <x:v>601862</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>601862</x:v>
+        <x:v>600456</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -6394,267 +6394,267 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>607821</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="R89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="R89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>596985</x:v>
+        <x:v>612075</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>606274</x:v>
+        <x:v>596985</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>612075</x:v>
+        <x:v>609427</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>609427</x:v>
+        <x:v>606274</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6734,70 +6734,70 @@
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>609975</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>596986</x:v>
       </x:c>
@@ -7600,162 +7600,162 @@
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>603452</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s"/>
+      <x:c r="E110" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>44</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>603447</x:v>
+        <x:v>599287</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
-      <x:c r="E111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>599287</x:v>
+        <x:v>603447</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">