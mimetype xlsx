--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -770,59 +770,59 @@
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Barman (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bar</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Thierry Morra</x:t>
   </x:si>
   <x:si>
+    <x:t>01/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>01/18/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CASTILLON</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT AYGULF</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BORMES-LES-MIMOSAS</x:t>
@@ -1511,144 +1511,144 @@
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent hôtelier régional Jean-Paul Passedat</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>classe de mise à niveau pour entrer en BTS management hôtellerie restauration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Briand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Célony</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Brise-Lames</x:t>
   </x:si>
   <x:si>
-    <x:t>classe de mise à niveau pour entrer en BTS management hôtellerie restauration</x:t>
-[...14 lines deleted...]
-    <x:t>LPO Célony</x:t>
+    <x:t>LP C Jullian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP la Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP F de Croisset</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Colette</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour Déficients Auditifs la Remusade</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
@@ -7855,100 +7855,106 @@
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>504984</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>493616</x:v>
+        <x:v>516370</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7966,106 +7972,100 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>572137</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>516370</x:v>
+        <x:v>493616</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>115</x:v>
@@ -8923,208 +8923,208 @@
         <x:v>220</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="S116" s="14" t="n">
+        <x:v>514021</x:v>
+      </x:c>
+      <x:c r="T116" s="16" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>514021</x:v>
+        <x:v>514037</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>514037</x:v>
+        <x:v>514040</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>514040</x:v>
+        <x:v>514018</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
@@ -9133,100 +9133,100 @@
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>514034</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>514025</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
@@ -9235,100 +9235,100 @@
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>514016</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>514017</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
@@ -9337,100 +9337,100 @@
       <x:c r="L124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>514029</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>514010</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
@@ -9439,100 +9439,100 @@
       <x:c r="L126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>514023</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>514024</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
@@ -12767,691 +12767,691 @@
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>553689</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>553344</x:v>
+        <x:v>553997</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
-      <x:c r="E185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>567817</x:v>
+        <x:v>542320</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>567818</x:v>
+        <x:v>543652</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38663</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42708</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>567849</x:v>
+        <x:v>572136</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>567951</x:v>
+        <x:v>567817</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>553054</x:v>
+        <x:v>567818</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>37909</x:v>
+        <x:v>38663</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>547669</x:v>
+        <x:v>567849</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
+      <x:c r="E191" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>543652</x:v>
+        <x:v>567951</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H192" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H192" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>572136</x:v>
+        <x:v>553344</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>37909</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
+      <x:c r="E193" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>542320</x:v>
+        <x:v>553054</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s"/>
+      <x:c r="E194" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>553997</x:v>
+        <x:v>547669</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -15470,51 +15470,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>583827</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>248</x:v>
@@ -16016,51 +16016,51 @@
         <x:v>98</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>579598</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>220</x:v>
@@ -16283,51 +16283,51 @@
       <x:c r="J245" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>603893</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18573,51 +18573,51 @@
       <x:c r="I287" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>609713</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -19102,51 +19102,51 @@
       <x:c r="I297" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>609714</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38663</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
@@ -19585,51 +19585,51 @@
         <x:v>131</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>609715</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>149</x:v>
@@ -21431,1576 +21431,1576 @@
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>595257</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>37909</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
+      <x:c r="E339" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>595247</x:v>
+        <x:v>604730</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>37909</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s"/>
+      <x:c r="E340" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>483</x:v>
-[...1 lines deleted...]
-      <x:c r="H340" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>595252</x:v>
+        <x:v>604805</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>37909</x:v>
+        <x:v>38663</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
+      <x:c r="E341" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>595256</x:v>
+        <x:v>604317</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40407</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>604730</x:v>
+        <x:v>599328</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>604805</x:v>
+        <x:v>609493</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>38663</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>42708</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>604317</x:v>
+        <x:v>607238</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>40407</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>599328</x:v>
+        <x:v>607401</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s"/>
+      <x:c r="E346" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>572141</x:v>
+        <x:v>607431</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>487</x:v>
-[...1 lines deleted...]
-      <x:c r="C347" s="3" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C347" s="3" t="n">
+        <x:v>38424</x:v>
+      </x:c>
       <x:c r="D347" s="3" t="s"/>
+      <x:c r="E347" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="J347" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>596683</x:v>
+        <x:v>607433</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>487</x:v>
-[...1 lines deleted...]
-      <x:c r="C348" s="15" t="s"/>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C348" s="15" t="n">
+        <x:v>35317</x:v>
+      </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s"/>
+      <x:c r="E348" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>427</x:v>
-[...1 lines deleted...]
-      <x:c r="J348" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="J348" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>596684</x:v>
+        <x:v>607441</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>35317</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
+      <x:c r="E349" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>42725</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>592499</x:v>
+        <x:v>604290</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>452</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>492</x:v>
-[...1 lines deleted...]
-      <x:c r="H350" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>592512</x:v>
+        <x:v>572141</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>258</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>597400</x:v>
+        <x:v>596683</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>374</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>592496</x:v>
+        <x:v>596684</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>592507</x:v>
+        <x:v>592499</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>592513</x:v>
+        <x:v>592512</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>35317</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>592515</x:v>
+        <x:v>595247</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>592518</x:v>
+        <x:v>595252</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>595241</x:v>
+        <x:v>595256</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>37909</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>595245</x:v>
+        <x:v>592496</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>37909</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
-      <x:c r="E359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>158</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>609493</x:v>
+        <x:v>592507</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>607238</x:v>
+        <x:v>592513</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>37909</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
-      <x:c r="E361" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>42746</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>607401</x:v>
+        <x:v>592515</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>35317</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>607431</x:v>
+        <x:v>592518</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
-      <x:c r="E363" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>607433</x:v>
+        <x:v>595241</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>35317</x:v>
+        <x:v>37909</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>607441</x:v>
+        <x:v>595245</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
-      <x:c r="E365" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>604290</x:v>
+        <x:v>597400</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
@@ -23034,138 +23034,138 @@
       <x:c r="R366" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>597407</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>597410</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>597412</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -23375,81 +23375,81 @@
       <x:c r="R372" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>592497</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>592502</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
@@ -24585,82 +24585,82 @@
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>605873</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>592495</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -24696,82 +24696,82 @@
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>592503</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>592510</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -25332,81 +25332,81 @@
       <x:c r="R406" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>597574</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>597401</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
@@ -25564,81 +25564,81 @@
       <x:c r="R410" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>604729</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>595248</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
@@ -26014,74 +26014,74 @@
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>608449</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>596682</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
@@ -26245,81 +26245,81 @@
       <x:c r="R422" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>597405</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>597406</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">