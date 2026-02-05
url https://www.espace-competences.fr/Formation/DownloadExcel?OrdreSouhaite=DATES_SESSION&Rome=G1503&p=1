--- v0 (2026-02-03)
+++ v1 (2026-02-05)
@@ -278,113 +278,113 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkl Forma - CFA des 3 Caps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CROIX-VALMER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soussou Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Brevet professionnel Gouvernante</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
@@ -431,68 +431,68 @@
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel gouvernant en hôtellerie (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stelo Formation - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Français de l'Elégance et du Luxe</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
@@ -524,81 +524,81 @@
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'équipes en hôtellerie et restauration de grand hôtel international</x:t>
   </x:si>
   <x:si>
     <x:t>ICARE Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion hôtel restaurant bar</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1702,428 +1702,424 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>572999</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="C12" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="n">
+        <x:v>39533</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
-      <x:c r="F12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F12" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="G12" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="J12" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>591253</x:v>
+        <x:v>579781</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
-      <x:c r="E13" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M13" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="N13" s="3" t="n">
+        <x:v>42797</x:v>
+      </x:c>
+      <x:c r="O13" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="Q13" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="R13" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>573000</x:v>
+      </x:c>
+      <x:c r="T13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="M13" s="0" t="s">
-[...11 lines deleted...]
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="U13" s="4" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>570020</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>573000</x:v>
+        <x:v>591253</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37493</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>577326</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>580097</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G18" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>583828</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -2193,117 +2189,117 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39226</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>583821</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>580098</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -2496,125 +2492,125 @@
       <x:c r="G25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>603885</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="U25" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>603898</x:v>
+        <x:v>603899</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2624,113 +2620,113 @@
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>603884</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>603885</x:v>
+        <x:v>603898</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2884,114 +2880,114 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39226</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>579759</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>612786</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -3046,72 +3042,72 @@
       <x:c r="R34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>598786</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G35" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>612787</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -3151,78 +3147,78 @@
       <x:c r="M36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>598787</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39226</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>586100</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3373,51 +3369,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>598791</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3432,216 +3428,216 @@
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>598793</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>151</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39975</x:v>
+        <x:v>39533</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592560</x:v>
+        <x:v>607874</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42797</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>607876</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39533</x:v>
+        <x:v>39975</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>42797</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>607874</x:v>
+        <x:v>592560</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39533</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>