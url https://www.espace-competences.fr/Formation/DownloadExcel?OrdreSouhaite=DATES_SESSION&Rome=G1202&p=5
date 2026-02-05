--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -506,92 +506,92 @@
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et livre</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel animateur loisir tourisme (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solutys - Campus Privé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation socioculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Gustave Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
-    <x:t>AUBAGNE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel animateur loisir tourisme (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Licence mention musicologie parcours musique et sciences de la musique</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : éducation et motricité</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
@@ -644,86 +644,86 @@
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qwantic - Cbs Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Objectif Plus Economie Sociale et Solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPESS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTSA gestion et protection de la nature (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
-    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Apprentissage)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle - Compétences climat sensibilisation à l'écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de Formation de Canoë Kayak</x:t>
   </x:si>
   <x:si>
     <x:t>CRFCK</x:t>
   </x:si>
   <x:si>
     <x:t>05120</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
@@ -740,62 +740,62 @@
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (asec)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation et de Recherche en Education Permanente - Fédération des Amis de l'Instruction Laïque</x:t>
   </x:si>
   <x:si>
     <x:t>CFREP - FAIL</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle</x:t>
   </x:si>
   <x:si>
-    <x:t>06/19/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Prépa-Sports</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS Spécialité Animateur - Mention Animation socio-éducative ou culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (ASEC) module complémentaire climat sensibilisation à l'écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur esport (Apprentissage)</x:t>
@@ -965,597 +965,597 @@
   <x:si>
     <x:t>FOL 83</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Entraînement aux Méthodes d'Education Active</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro animation - enfance et personnes âgées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP L Blum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Francas - Union Régionale de Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPJEPS Spécialité Animateur Mention Loisirs tous publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Découverte des métiers de l'animation, du sport et des loisirs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horizon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARCES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel de médiateur numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mise à niveau numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel de médiateur numérique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Alpes Provence Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Découverte des métiers de la voile, de l'animation et du nautisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horizon Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ligue de l'enseignement 83 - FOL 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Francas - Union régionale PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP B Pascal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro services aux personnes et animation dans les territoires</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Agricampus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention musicologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention création littéraire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention théâtre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Émile Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée E Zola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Ferrages</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-CHAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...350 lines deleted...]
-    <x:t>HYERES CEDEX</x:t>
+    <x:t>MFR Bléone-Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ch Mongrand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...113 lines deleted...]
-    <x:t>84208</x:t>
+    <x:t>LPA les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR de Puyloubier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Union française des centres de vacances Côte d'Azur</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>master mention création littéraire</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic Arles</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>LP ACAF - MSA</x:t>
   </x:si>
@@ -2880,218 +2880,218 @@
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>497057</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>15674</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>68</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>12547</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>496371</x:v>
+        <x:v>518912</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>496465</x:v>
+        <x:v>496371</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>15674</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H14" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>12547</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>518912</x:v>
+        <x:v>496465</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4049,274 +4049,274 @@
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>575727</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>38662</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s">
+      <x:c r="H32" s="14" t="s"/>
+      <x:c r="I32" s="16" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>42623</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>564874</x:v>
+        <x:v>557919</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>553023</x:v>
+        <x:v>557441</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38662</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>42623</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>557919</x:v>
+        <x:v>564874</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>557441</x:v>
+        <x:v>553023</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>69</x:v>
@@ -4570,51 +4570,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4752,93 +4752,93 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>576257</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>557920</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39463</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -5156,164 +5156,165 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38154</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>581581</x:v>
+        <x:v>545542</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>545542</x:v>
+        <x:v>581581</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5397,384 +5398,383 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>583883</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="H55" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>587215</x:v>
+        <x:v>589728</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>589728</x:v>
+        <x:v>589756</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>39927</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>12510</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="J57" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>589756</x:v>
+        <x:v>587215</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G58" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>583548</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>579085</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G60" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>583549</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5927,166 +5927,168 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>583699</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
+      <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>583746</x:v>
+        <x:v>581994</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>581994</x:v>
+        <x:v>583746</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
@@ -6178,138 +6180,138 @@
       <x:c r="U67" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>577324</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>581993</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G70" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -6333,51 +6335,51 @@
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>583750</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
@@ -6740,86 +6742,86 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>571696</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>572742</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -6861,265 +6863,268 @@
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>583698</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>564140</x:v>
+        <x:v>564136</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>564136</x:v>
+        <x:v>583688</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
+      <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>583688</x:v>
+        <x:v>564140</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>583690</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -7221,84 +7226,84 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>583692</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>571698</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -7334,51 +7339,51 @@
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>586357</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
@@ -7511,271 +7516,271 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>573065</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>573067</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>583565</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>573068</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>583689</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -8244,88 +8249,88 @@
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>572748</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596615</x:v>
+        <x:v>594103</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -8610,151 +8615,151 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>583589</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>583567</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G110" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>583587</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -8910,206 +8915,206 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>579089</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>589730</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583585</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>588378</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
@@ -9187,51 +9192,51 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="G118" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>583581</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -9309,60 +9314,60 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="G120" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>583713</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -9389,385 +9394,387 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586356</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>225</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>253</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>590134</x:v>
+        <x:v>586358</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-        <x:v>253</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>586358</x:v>
+        <x:v>581995</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>581995</x:v>
+        <x:v>590134</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38662</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>42623</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>607872</x:v>
+        <x:v>583748</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
+      <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>583748</x:v>
+        <x:v>606755</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>38662</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
+      <x:c r="E127" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>42623</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>606755</x:v>
+        <x:v>607872</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>326</x:v>
@@ -10069,51 +10076,51 @@
       <x:c r="F133" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>583712</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
@@ -10154,88 +10161,88 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>599930</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>583687</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
@@ -10609,51 +10616,51 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="G142" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>583714</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
@@ -10855,51 +10862,51 @@
       </x:c>
       <x:c r="F146" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G146" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>583753</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10944,265 +10951,265 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>583552</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G148" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>583566</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>602031</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G150" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>583586</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>602030</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -11276,51 +11283,51 @@
       <x:c r="E153" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>583752</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
@@ -11481,496 +11488,498 @@
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>611639</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>599626</x:v>
+        <x:v>595436</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38351</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>597132</x:v>
+        <x:v>592249</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40462</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>14216</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592524</x:v>
+        <x:v>592342</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>35972</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>595437</x:v>
+        <x:v>592345</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>594093</x:v>
+        <x:v>599626</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>594103</x:v>
+        <x:v>597132</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>596623</x:v>
+        <x:v>595437</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s"/>
+      <x:c r="E164" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>596624</x:v>
+        <x:v>605567</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11986,2058 +11995,2056 @@
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>603392</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>594094</x:v>
+        <x:v>594093</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>605567</x:v>
+        <x:v>596623</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>596629</x:v>
+        <x:v>596624</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>40462</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592381</x:v>
+        <x:v>592524</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>39264</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>592075</x:v>
+        <x:v>595434</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>594092</x:v>
+        <x:v>614645</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>39463</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>594096</x:v>
+        <x:v>592129</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>594099</x:v>
+        <x:v>592250</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>611638</x:v>
+        <x:v>592541</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>35972</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>595436</x:v>
+        <x:v>592542</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>39264</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>592249</x:v>
+        <x:v>592074</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592342</x:v>
+        <x:v>594091</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>592345</x:v>
+        <x:v>594095</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>40443</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>592541</x:v>
+        <x:v>594098</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>40443</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>592542</x:v>
+        <x:v>596626</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>38154</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597265</x:v>
+        <x:v>592379</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39264</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>45004</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>592074</x:v>
+        <x:v>597265</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>594091</x:v>
+        <x:v>611638</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>594095</x:v>
+        <x:v>596615</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>594098</x:v>
+        <x:v>596629</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>596626</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>39264</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>592379</x:v>
+        <x:v>592075</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>35972</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>595435</x:v>
+        <x:v>594092</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>592341</x:v>
+        <x:v>594096</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>592344</x:v>
+        <x:v>594099</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>38154</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
+      <x:c r="E191" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>597263</x:v>
+        <x:v>605797</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>605797</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>594094</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>596627</x:v>
+        <x:v>597263</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>596627</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>592380</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>592378</x:v>
+        <x:v>592380</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35972</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>595434</x:v>
+        <x:v>592378</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>614645</x:v>
+        <x:v>595435</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>39463</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>592129</x:v>
+        <x:v>592341</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>39927</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>592250</x:v>
+        <x:v>592344</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
@@ -14064,51 +14071,51 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>592339</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44054</x:v>
@@ -14118,51 +14125,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>596616</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
@@ -14175,51 +14182,51 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>596621</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44054</x:v>
@@ -14229,51 +14236,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>596622</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
@@ -14286,51 +14293,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>596620</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44054</x:v>
@@ -14340,199 +14347,199 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>596625</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>594101</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>594104</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
@@ -14571,76 +14578,76 @@
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>592338</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>592340</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
@@ -14851,660 +14858,660 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>597133</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>592525</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>594090</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>594102</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>594105</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>595438</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>592251</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>597264</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>594088</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>594089</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>594097</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>594100</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
@@ -15517,51 +15524,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>596617</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44054</x:v>
@@ -15571,51 +15578,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>596618</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
@@ -15628,195 +15635,195 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>596619</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>605573</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>605975</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>597737</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
@@ -15971,143 +15978,143 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601424</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>601425</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>607905</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
@@ -16253,51 +16260,51 @@
       <x:c r="J241" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>605491</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
@@ -16447,100 +16454,100 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>607220</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>603467</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16563,88 +16570,88 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>603466</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>605572</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>