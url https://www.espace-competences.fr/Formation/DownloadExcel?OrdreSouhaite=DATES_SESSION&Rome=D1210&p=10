--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -275,62 +275,62 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
@@ -605,68 +605,68 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
@@ -680,119 +680,119 @@
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller de vente spécialisation pharmacie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
-[...11 lines deleted...]
-    <x:t>10/05/2026 00:00:00</x:t>
+    <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Optivalys Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
@@ -968,56 +968,56 @@
   <x:si>
     <x:t>02/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Isim 83</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/03/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2028 00:00:00</x:t>
@@ -1034,60 +1034,60 @@
   <x:si>
     <x:t>IFMP</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/05/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien conseil vente en animalerie</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
@@ -2122,164 +2122,164 @@
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>502642</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>504559</x:v>
+        <x:v>497801</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>497801</x:v>
+        <x:v>504559</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3809,51 +3809,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>555719</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>26</x:v>
@@ -3949,84 +3949,84 @@
         <x:v>551913</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>547266</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4228,51 +4228,51 @@
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>555843</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -4288,51 +4288,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>555846</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4402,51 +4402,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4466,208 +4466,210 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>38856</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>560871</x:v>
+        <x:v>551911</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>587435</x:v>
+        <x:v>560871</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>551911</x:v>
+        <x:v>587435</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>184</x:v>
@@ -5155,491 +5157,491 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>548174</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="Q62" s="16" t="s">
+      <x:c r="R62" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="R62" s="14" t="s">
+      <x:c r="S62" s="14" t="n">
+        <x:v>560669</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>573815</x:v>
+        <x:v>581194</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>57</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s"/>
+      <x:c r="K64" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="L64" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M64" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N64" s="15" t="n">
+        <x:v>42022</x:v>
+      </x:c>
+      <x:c r="O64" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="P64" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="J64" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="P64" s="14" t="s">
+      <x:c r="R64" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="Q64" s="16" t="s">
+      <x:c r="S64" s="14" t="n">
+        <x:v>563954</x:v>
+      </x:c>
+      <x:c r="T64" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="U64" s="16" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>569971</x:v>
+        <x:v>573815</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C66" s="15" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="n">
+        <x:v>37098</x:v>
+      </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="J66" s="14" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>560669</x:v>
+        <x:v>552000</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>548174</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>581478</x:v>
+        <x:v>581477</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -5649,57 +5651,57 @@
       <x:c r="I69" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>581477</x:v>
+        <x:v>581478</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>226</x:v>
@@ -5720,51 +5722,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602691</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5945,51 +5947,51 @@
       <x:c r="I74" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>579503</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>247</x:v>
@@ -7183,112 +7185,112 @@
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -7703,206 +7705,207 @@
       <x:c r="S104" s="14" t="n">
         <x:v>598763</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>603586</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>600044</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
+      <x:c r="E107" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>583315</x:v>
+        <x:v>603586</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8275,111 +8278,111 @@
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>604197</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>60</x:v>
@@ -8464,279 +8467,279 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>599714</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>603092</x:v>
+        <x:v>599715</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>40358</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>607828</x:v>
+        <x:v>604279</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>604279</x:v>
+        <x:v>603092</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>42004</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>599715</x:v>
+        <x:v>607828</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
@@ -9084,117 +9087,117 @@
       <x:c r="H128" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>607826</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>605613</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9807,54 +9810,54 @@
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>599839</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>50</x:v>
       </x:c>